--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dd02bfe31aa4297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re695d94dde2a4b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8babbbe6e54141e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a135ef4ff4143d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb24ddbde944a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8babbbe6e54141e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbaa821c03f54b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a135ef4ff4143d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>elektronisch bezahlen e-payment </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>79,036</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>