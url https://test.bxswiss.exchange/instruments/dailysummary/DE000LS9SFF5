--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re695d94dde2a4b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7a454487224e1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a135ef4ff4143d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re37bbf4a055e4280"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbaa821c03f54b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a135ef4ff4143d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d361fb102f14211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re37bbf4a055e4280" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>elektronisch bezahlen e-payment </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>75,489</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,384</x:t>
-[...323 lines deleted...]
-          <x:t>76,720</x:t>
+          <x:t>75,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>