--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R584f37588e614826" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7535746f7ec4583" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R516ca50422fd4d37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4232b58c6aca4b1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9200184abe814226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R516ca50422fd4d37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f2f2459bac4e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4232b58c6aca4b1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BLUE FLAMINGO - just a few...</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,771</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>