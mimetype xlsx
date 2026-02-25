--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7535746f7ec4583" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439492dc1e674991" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4232b58c6aca4b1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91d3fa9b0ee64388"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f2f2459bac4e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4232b58c6aca4b1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R614f621b0fe341ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91d3fa9b0ee64388" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BLUE FLAMINGO - just a few...</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>