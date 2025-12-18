--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R530ab4a207c54975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde88849610c4e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b04ee4366d448e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c749e532af24f6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61b5dbf149241e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b04ee4366d448e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bb8c312b73f41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c749e532af24f6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TP - Wachstum Umwelt u. Klima</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>59,947</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,364</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>59,877</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>