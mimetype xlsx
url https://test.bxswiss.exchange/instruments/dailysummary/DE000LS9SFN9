--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde88849610c4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70c39726eb124c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c749e532af24f6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd3b9b99742149ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bb8c312b73f41b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c749e532af24f6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R449aaa0a41a948fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd3b9b99742149ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TP - Wachstum Umwelt u. Klima</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>58,499</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,410</x:t>
-[...458 lines deleted...]
-          <x:t>57,765</x:t>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>