--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3baf9850108c4df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca3a46be1b040fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a8204891c674c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d2a280201f4557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref2a977e77114af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a8204891c674c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1bb588f5e904c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d2a280201f4557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>192,392</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>