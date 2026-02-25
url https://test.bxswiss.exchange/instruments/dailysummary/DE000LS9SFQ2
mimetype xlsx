--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca3a46be1b040fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re528172d83ad4b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d2a280201f4557"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53817e1f03494d38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1bb588f5e904c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d2a280201f4557" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd0d2757d554e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53817e1f03494d38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>