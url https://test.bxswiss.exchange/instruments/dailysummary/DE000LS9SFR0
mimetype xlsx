--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64660e577835430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d89483b3114f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R056c326f6b134e78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f01b003f8d4bac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892c9045da484678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R056c326f6b134e78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7124b523ef714ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f01b003f8d4bac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Discoveries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>182,126</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,935</x:t>
-[...4 lines deleted...]
-          <x:t>184,058</x:t>
+          <x:t>185,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>