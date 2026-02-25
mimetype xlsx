--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d89483b3114f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R113e0a2e74fd44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f01b003f8d4bac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07ca115449424f70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7124b523ef714ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f01b003f8d4bac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2aa959e3d634982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07ca115449424f70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Discoveries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,744</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>177,756</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>