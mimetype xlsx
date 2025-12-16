--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0daf7249f72e426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f318a2e62f849a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06169ef80d944ae4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07db6799451f477c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ea9121577d44bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06169ef80d944ae4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68550a8c2483447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07db6799451f477c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,402</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>