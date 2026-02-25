--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f318a2e62f849a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R920c5742164e4bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07db6799451f477c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4edc713de0514297"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68550a8c2483447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07db6799451f477c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R642cb4c831424671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4edc713de0514297" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>