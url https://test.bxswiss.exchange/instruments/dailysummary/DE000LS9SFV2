--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109c0ce1074e44f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e041d17bc744d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3c4ca93e155437b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0a2658900b342be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18abdd7b20bc49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3c4ca93e155437b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cfe78ad7f1c4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0a2658900b342be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy and Urbanisation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,854</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>113,061</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>