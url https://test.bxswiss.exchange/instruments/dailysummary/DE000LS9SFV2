--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e041d17bc744d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02900ac100124fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0a2658900b342be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bccffc8b4254602"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cfe78ad7f1c4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0a2658900b342be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9845179d6c84a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bccffc8b4254602" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy and Urbanisation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...431 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>114,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>