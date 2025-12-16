--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cde3085f5bf4dc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a7dacc55044db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29196a651b99487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e6f5f294d748d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04392fd416d4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29196a651b99487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80176e1ff54c488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e6f5f294d748d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Cybercrime Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>157,878</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>