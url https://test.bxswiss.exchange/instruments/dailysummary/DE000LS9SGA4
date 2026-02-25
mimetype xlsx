--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38a7dacc55044db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cbd5728634345c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e6f5f294d748d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcccef47ff5c8453d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80176e1ff54c488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e6f5f294d748d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90636ef82aef4eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcccef47ff5c8453d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Cybercrime Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>