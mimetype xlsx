--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R104eb90648fa4243" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47d1461060e24730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0297f7beed492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red9317a35b68411b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3858c9c57ea460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0297f7beed492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf90be4345a8a48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red9317a35b68411b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trendthemen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,317</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>