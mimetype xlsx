--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47d1461060e24730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c5460479bd4aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red9317a35b68411b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f345d09e2e4006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf90be4345a8a48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red9317a35b68411b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1266a7c1fca24411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f345d09e2e4006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trendthemen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,607</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>