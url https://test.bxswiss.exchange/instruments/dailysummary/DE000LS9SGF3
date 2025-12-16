--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1fcbf81e4b4894" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6fd25f3e73b42f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R572c4c02235548a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e24534cfc64b51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd836a70d0e084d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R572c4c02235548a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeca70864dc941a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e24534cfc64b51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1.185,402</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>