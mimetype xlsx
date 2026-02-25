--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6fd25f3e73b42f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e90ab41f864e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e24534cfc64b51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91484af97f174bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeca70864dc941a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e24534cfc64b51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2f02d988a7a40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91484af97f174bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.207,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.211,000</x:t>
-[...306 lines deleted...]
-          <x:t>1.213,296</x:t>
+          <x:t>1.212,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>