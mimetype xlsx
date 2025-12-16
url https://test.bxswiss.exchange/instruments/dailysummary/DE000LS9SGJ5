--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9952d6b9fd4c40a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re08774106d85426f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c7cf7230b1e40be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1bdf7a256744d84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec82bcdff154f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c7cf7230b1e40be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3689524b47fd4d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1bdf7a256744d84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Future Starts Now</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>206,884</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>