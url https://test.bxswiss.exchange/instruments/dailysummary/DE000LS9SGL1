--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b89882269fa4f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e960b273f09477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7236354d5e3b4fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0245ec2c563c4070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaa93b59cc7a4b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7236354d5e3b4fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R992dcb1676624d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0245ec2c563c4070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sharpe Ratio Momentum Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>216,750</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>