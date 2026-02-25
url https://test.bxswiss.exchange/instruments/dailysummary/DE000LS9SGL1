--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e960b273f09477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbe5c3d27b24c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0245ec2c563c4070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e211e699bc24391"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R992dcb1676624d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0245ec2c563c4070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcde3701ed04906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e211e699bc24391" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sharpe Ratio Momentum Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>