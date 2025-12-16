--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a6736efc254674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd2101e4df149b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R762f76a8a3424fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05e0070019a64883"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572d08ae021342cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R762f76a8a3424fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0aaeb0096a46de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05e0070019a64883" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto und autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>365,238</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>