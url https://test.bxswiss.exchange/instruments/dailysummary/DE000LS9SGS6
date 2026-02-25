--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdd2101e4df149b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a1bfabe1bc4303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05e0070019a64883"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9395ec947b724186"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0aaeb0096a46de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05e0070019a64883" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf4e76b43ea74d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9395ec947b724186" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto und autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>