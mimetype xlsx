--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaac727ab15a46ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f67a9c386d94abb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5ba18217434bab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d610c88c3324ec2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5178b35a0af84ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5ba18217434bab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb68e228034f04453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d610c88c3324ec2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair Value Calculator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>158,931</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>