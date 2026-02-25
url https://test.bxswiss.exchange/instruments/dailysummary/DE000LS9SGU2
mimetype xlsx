--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f67a9c386d94abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06bce7b782e043ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d610c88c3324ec2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1ad7b6ef4ae4df3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb68e228034f04453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d610c88c3324ec2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5209cdb03a54471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1ad7b6ef4ae4df3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair Value Calculator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>158,275</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,954</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>159,693</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>