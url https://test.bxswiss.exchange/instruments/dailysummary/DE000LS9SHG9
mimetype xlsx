--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52948e8f64ce4229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1131be0ce0423d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb130b2d1fd0463f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35825f91a64e4497"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0383fc769daf40bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb130b2d1fd0463f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfecf6160b20047fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35825f91a64e4497" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE TECH 2050 Vision Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,326 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...293 lines deleted...]
-          <x:t>43,335</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>