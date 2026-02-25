--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1131be0ce0423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb97e10f1e58c414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35825f91a64e4497"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4d7eac3bc54a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfecf6160b20047fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35825f91a64e4497" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c67cc81df44b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4d7eac3bc54a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE TECH 2050 Vision Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>