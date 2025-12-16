--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45a6a45c41ca4c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b74fbdae224558" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4cd8d9315c14ee3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R348bd50a6d284c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17b08412f1f4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4cd8d9315c14ee3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67efaf75f99349c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R348bd50a6d284c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Green World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>86,945</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>