--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b74fbdae224558" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1473e4a833574ccc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R348bd50a6d284c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb0f2efccef94cda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67efaf75f99349c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R348bd50a6d284c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6bb417e5d1c4e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb0f2efccef94cda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Green World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>