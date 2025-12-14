--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf852ef0440b042e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff072067fd3247a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0fe5dd1d194e0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25acc86acd6d4afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82016bac783f4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0fe5dd1d194e0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R672aadfbc6b64f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25acc86acd6d4afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>264,709</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>