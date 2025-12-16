--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f617cba7cd4116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff404ebda154bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf5b9ed3270a48f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2268e5cf89294b62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4277bbf8bec4b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf5b9ed3270a48f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9610fe088fc439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2268e5cf89294b62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GABL TRUST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,934</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>