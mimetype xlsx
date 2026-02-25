--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff404ebda154bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945e7161ed3f4799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2268e5cf89294b62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b324052fb946bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9610fe088fc439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2268e5cf89294b62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba02c9ac9af4640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b324052fb946bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GABL TRUST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>