--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf260b84f6225477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba1deeb6c7b427a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35f34aa4df5d4ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd99b163f5ee747a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3439f6540334a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35f34aa4df5d4ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4bf3e7f89943da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd99b163f5ee747a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig 1-2-3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>114,937</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>