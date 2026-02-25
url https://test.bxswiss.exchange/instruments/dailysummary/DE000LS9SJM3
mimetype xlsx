--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba1deeb6c7b427a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re87af1129ea64dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd99b163f5ee747a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c8b78b6da8b4800"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4bf3e7f89943da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd99b163f5ee747a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd78c79fac1b24fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c8b78b6da8b4800" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig 1-2-3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>122,234</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>