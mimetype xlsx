--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eb5a35ad9164c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ea05563c5b4938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re30c06a25739494c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62a01cf7ee3341c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a3b93f730f24aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re30c06a25739494c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7517ae77423d49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62a01cf7ee3341c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders and Newcomers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>133,357</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>136,731</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>