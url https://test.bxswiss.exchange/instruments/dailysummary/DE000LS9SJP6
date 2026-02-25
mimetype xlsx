--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ea05563c5b4938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a726583edc84a85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62a01cf7ee3341c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R917ed39d778c4cbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7517ae77423d49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62a01cf7ee3341c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca7e0ab4fc24e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R917ed39d778c4cbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders and Newcomers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>132,235</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,639</x:t>
-[...485 lines deleted...]
-          <x:t>130,660</x:t>
+          <x:t>131,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>