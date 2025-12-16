--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7546d846f9694152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa7f46828a048e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15690e9e4674d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac532103c6eb4294"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec144d9472a8435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15690e9e4674d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R251301fba9ad4f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac532103c6eb4294" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matrix-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,737</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>