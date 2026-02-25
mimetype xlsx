--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa7f46828a048e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f3c22c259140ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac532103c6eb4294"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d11278de432430a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R251301fba9ad4f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac532103c6eb4294" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7776992470449a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d11278de432430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matrix-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>