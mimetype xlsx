--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e861ba378a0405b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d53f7a2989c4fcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1fc9490eea4d9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d94467cd81a4987"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcf0a79f91bc4b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1fc9490eea4d9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ff234495c9e4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d94467cd81a4987" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scheier Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>97,841</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>