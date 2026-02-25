--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d53f7a2989c4fcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R803275d79d9e4685" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d94467cd81a4987"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a4ca69fe1343b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ff234495c9e4024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d94467cd81a4987" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07aa3a224ce94bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a4ca69fe1343b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scheier Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>