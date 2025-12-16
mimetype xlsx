--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e15f8ba6784ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8e160d2d4e4215" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f46a2e841644502"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfaf00b1695844a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b611ca37e44beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f46a2e841644502" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fa2224d2c534ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfaf00b1695844a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>141,589</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>