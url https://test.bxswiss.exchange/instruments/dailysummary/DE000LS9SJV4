--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8e160d2d4e4215" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb2787ef464a4f72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfaf00b1695844a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R918e3e841a3c4880"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fa2224d2c534ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfaf00b1695844a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd7949be7df499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R918e3e841a3c4880" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>