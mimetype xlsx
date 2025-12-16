--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3d26d8a6ea42a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb9369c57669432f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24433455c9b441e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487612a57e65446b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f8de643abd479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24433455c9b441e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e655419c0cf4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487612a57e65446b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Enigma Team 123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,442</x:t>
-[...117 lines deleted...]
-          <x:t>99,537</x:t>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>