--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb9369c57669432f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b976807f0484d91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487612a57e65446b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7a441d5c604556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e655419c0cf4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487612a57e65446b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53da9e5eae924efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7a441d5c604556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Enigma Team 123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>105,738</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,240</x:t>
-[...31 lines deleted...]
-          <x:t>103,937</x:t>
+          <x:t>107,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>