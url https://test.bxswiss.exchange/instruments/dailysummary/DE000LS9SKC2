--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3202a2386887446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd97fa037969452b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f95e6e1ed2421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R835de736bd4a4f0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aad2efd9e4b4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f95e6e1ed2421b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c3b9f32b8d14cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R835de736bd4a4f0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostics Life Sciences</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>89,896</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>