--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd97fa037969452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf638c826928e4b49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R835de736bd4a4f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R326057dcc4b943ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c3b9f32b8d14cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R835de736bd4a4f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e2c7caf3564d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R326057dcc4b943ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostics Life Sciences</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>