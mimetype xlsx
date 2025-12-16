--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c33f4ecd4954bb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3174c7220a54a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b970d2d4234ece"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bed86cfd3a64559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f8e8a0381ee4155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b970d2d4234ece" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R012ef69f838542ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bed86cfd3a64559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke US-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>145,818</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>