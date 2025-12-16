--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93655e005fc54f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c0f7de016d4bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29bfa71489b349f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcafb2bdcdf464d25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11a5c88f828d4c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29bfa71489b349f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4167f15945248d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcafb2bdcdf464d25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingSmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>126,468</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>