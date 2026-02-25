--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67c0f7de016d4bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1972c38d46204628" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcafb2bdcdf464d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeae0428f8254048"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4167f15945248d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcafb2bdcdf464d25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ae2a6e030f4a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeae0428f8254048" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingSmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>