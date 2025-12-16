--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115bf39ec1824acc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9c23d424234417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba8c6dc689554507"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R576b223a95bd4d75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa3cb86beef4cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba8c6dc689554507" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f4ec4363bd426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R576b223a95bd4d75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson USA Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>388,818</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>