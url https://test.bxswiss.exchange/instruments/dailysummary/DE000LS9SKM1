--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9c23d424234417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85dc7698a4a44b68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R576b223a95bd4d75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccff8e3ca2c04cce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f4ec4363bd426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R576b223a95bd4d75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e57f3cfd8344d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccff8e3ca2c04cce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson USA Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>