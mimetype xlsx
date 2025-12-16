--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf326524121fd4fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5085e49348184812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R270fc1e42f94486a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1760443d162e410f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1410a2414a46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R270fc1e42f94486a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cfcf42321544485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1760443d162e410f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>168,934</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>