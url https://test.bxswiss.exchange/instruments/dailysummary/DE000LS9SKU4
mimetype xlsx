--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5085e49348184812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd264e77cff3a4100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1760443d162e410f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra33d37607f27433c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cfcf42321544485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1760443d162e410f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc632366ed57b4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra33d37607f27433c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>