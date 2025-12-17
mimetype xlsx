--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R959947899a394a85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f990e217e54e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92359a22f1a4467c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7839a2d9d6874d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f9e1c98eff94a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92359a22f1a4467c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref9c995366fa4170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7839a2d9d6874d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Disruptors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>125,416</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>