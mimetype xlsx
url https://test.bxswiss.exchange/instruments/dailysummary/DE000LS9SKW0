--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f990e217e54e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3399e01a901c41bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7839a2d9d6874d9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15eee5d1264c493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref9c995366fa4170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7839a2d9d6874d9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaf638df435c4525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15eee5d1264c493f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Disruptors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>