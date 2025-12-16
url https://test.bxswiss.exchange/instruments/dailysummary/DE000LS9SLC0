--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2a9190e9f34495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8cc7c24f022404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e4f59de199942a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78452db1241c4f61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c921d2f7dfc4ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e4f59de199942a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d69111af95443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78452db1241c4f61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>74,445</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>