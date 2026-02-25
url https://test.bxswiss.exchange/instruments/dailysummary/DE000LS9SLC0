--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8cc7c24f022404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d38e20d3b334506" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78452db1241c4f61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa2fedc185044d97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d69111af95443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78452db1241c4f61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c98e16c3204afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa2fedc185044d97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,268</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>72,933</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>