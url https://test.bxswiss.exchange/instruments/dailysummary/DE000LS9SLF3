--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec16bd9b2624a75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f34491154244da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1076dcf034c9426a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c7f932a9a794921"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502b57b9d68f47bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1076dcf034c9426a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b319409e5db4ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c7f932a9a794921" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Doubtless Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>223,636</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>