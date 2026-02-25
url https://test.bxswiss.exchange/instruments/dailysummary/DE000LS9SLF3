--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f34491154244da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R570d880636e041d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c7f932a9a794921"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ff625bf1b7a431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b319409e5db4ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c7f932a9a794921" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7519977fa5004952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ff625bf1b7a431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Doubtless Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>217,126</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>214,873</x:t>
-[...598 lines deleted...]
-          <x:t>216,843</x:t>
+          <x:t>219,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>