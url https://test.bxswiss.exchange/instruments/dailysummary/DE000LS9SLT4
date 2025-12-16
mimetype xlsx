--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd867163c2554b17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5efbad2b3a644f68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2485cec4ce4a4b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74bea4a7d6d4ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2488947e65ff42e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2485cec4ce4a4b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3ea196b4ac4b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74bea4a7d6d4ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,466 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...433 lines deleted...]
-          <x:t>73,540</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>