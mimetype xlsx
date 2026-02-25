--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5efbad2b3a644f68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76844f6a999e4a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74bea4a7d6d4ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7767ea4594b4124"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3ea196b4ac4b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74bea4a7d6d4ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a0311b2a1f4b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7767ea4594b4124" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>