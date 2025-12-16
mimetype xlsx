--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e52207d3ba4b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ec8269168b48f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7b3145aad44fb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0946a88e33348d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R010c49c62676444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7b3145aad44fb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca13d35e83244e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0946a88e33348d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gambling and Betting World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>140,187</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>