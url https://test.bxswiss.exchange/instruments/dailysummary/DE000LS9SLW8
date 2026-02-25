--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1ec8269168b48f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5aa4fb024f24176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0946a88e33348d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb10691938eff430e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca13d35e83244e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0946a88e33348d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ada38aca5ac4c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb10691938eff430e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gambling and Betting World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>