--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0360def754940c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99b3e8475b3e4db6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29bb63176c34c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R199a954540ea4dfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8943af006ebd48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29bb63176c34c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963828b50e9f4823" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R199a954540ea4dfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart-Chancen-Schach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,158</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>