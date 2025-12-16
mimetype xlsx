--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5de7fbfc88c44185" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra122c4f4e9c74992" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb74c74626e4bc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167101e879694456"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637979cf04d94d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb74c74626e4bc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb83bcb4b6134a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167101e879694456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>100,051</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,677</x:t>
-[...269 lines deleted...]
-          <x:t>97,512</x:t>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>