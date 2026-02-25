--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra122c4f4e9c74992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22359e0174b462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167101e879694456"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb8f687fcbff41b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb83bcb4b6134a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167101e879694456" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R008696b955a74980" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb8f687fcbff41b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>