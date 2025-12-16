--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1873513ed9c54a0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534f11c69fc64f0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe476b520b0048d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949d0fc95fbf43b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec5fea0adc144ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe476b520b0048d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff49451b179444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949d0fc95fbf43b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InfinityWW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>143,817</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>157,587</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>