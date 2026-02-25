--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534f11c69fc64f0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2daed54045e240dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949d0fc95fbf43b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f2282d86c664c2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff49451b179444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949d0fc95fbf43b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde4e96931d044275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f2282d86c664c2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InfinityWW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>