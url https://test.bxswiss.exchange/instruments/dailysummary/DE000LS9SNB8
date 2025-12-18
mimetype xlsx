--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93dc37d5f6d54eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32989877ce0f44a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8097d87409240c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8f24db1358426f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e85598076c4d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8097d87409240c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c819199d9144858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8f24db1358426f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Value International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>108,620</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>