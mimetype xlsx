--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re41c0da1e1474786" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd400ee897c5f4298" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb00984db75604d9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1179f4edaf4316"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba7ff4d207c430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb00984db75604d9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25cb72e17d04438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1179f4edaf4316" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Genetic Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SND4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>41,809</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>