--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd400ee897c5f4298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46fade65c514ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1179f4edaf4316"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6617e83914aa4a62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25cb72e17d04438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1179f4edaf4316" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692bb44631b24a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6617e83914aa4a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Genetic Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SND4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>46,648</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>