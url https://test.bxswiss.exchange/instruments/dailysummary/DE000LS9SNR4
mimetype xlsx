--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83eb465ab0b04eba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb2897929d843d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45dd0e50dd804e87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c35eed7ef74c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0e9e24469aa4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45dd0e50dd804e87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raae7cdc35b584051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c35eed7ef74c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Save The Ocean</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>67,625</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>