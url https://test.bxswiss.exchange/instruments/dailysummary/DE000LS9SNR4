--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb2897929d843d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b69637ca3f4d93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c35eed7ef74c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eb0881d5aa94735"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raae7cdc35b584051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c35eed7ef74c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re84d53044fcd47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eb0881d5aa94735" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Save The Ocean</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>65,782</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,499</x:t>
-[...85 lines deleted...]
-          <x:t>65,773</x:t>
+          <x:t>66,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>