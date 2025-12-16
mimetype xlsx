--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a4c1aca07584134" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0741fbc1cb304bd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd91f523cfed349a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b01d1715faa4d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5420f1fb981e4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd91f523cfed349a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R951579c719474e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b01d1715faa4d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haliaeetus Leucocephalus disrupt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>58,768</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,999</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,038</x:t>
-[...225 lines deleted...]
-          <x:t>59,604</x:t>
+          <x:t>59,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>