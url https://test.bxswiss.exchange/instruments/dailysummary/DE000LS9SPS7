--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0741fbc1cb304bd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf149c561d606495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b01d1715faa4d95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a832a1ee73f4dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R951579c719474e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b01d1715faa4d95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c3a02192fe4f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a832a1ee73f4dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haliaeetus Leucocephalus disrupt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>60,160</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,047</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>61,474</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>