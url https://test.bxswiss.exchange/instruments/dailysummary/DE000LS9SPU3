--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5363333a63f24bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb857fa3973a42f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb99c7eb135354d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2222a1e4c31d4000"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ceba800ab84c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb99c7eb135354d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d08fee25a504e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2222a1e4c31d4000" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CM Dividende Versicherungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>206,847</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>