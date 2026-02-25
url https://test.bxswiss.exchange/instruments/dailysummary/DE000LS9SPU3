--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb857fa3973a42f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee077a46d8d471a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2222a1e4c31d4000"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R442ac8e085e94072"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d08fee25a504e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2222a1e4c31d4000" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dcec98b805d4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R442ac8e085e94072" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CM Dividende Versicherungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>