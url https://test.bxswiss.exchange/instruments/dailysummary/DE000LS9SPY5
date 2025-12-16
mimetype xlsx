--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b8a890e8ea24a5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1b9a44d237b4e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63168f804ef2465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193e1eefd4ab4385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05f40939f1544b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63168f804ef2465b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1debed9013440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193e1eefd4ab4385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTS and Cashflow Yield</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>166,800</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,657</x:t>
-[...404 lines deleted...]
-          <x:t>167,121</x:t>
+          <x:t>167,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>169,498</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>