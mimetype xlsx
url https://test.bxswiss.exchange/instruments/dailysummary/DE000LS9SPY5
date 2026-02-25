--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1b9a44d237b4e72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49a45dd386b4f0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R193e1eefd4ab4385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R990c19626a7943a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1debed9013440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R193e1eefd4ab4385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed571c117564b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R990c19626a7943a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTS and Cashflow Yield</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...512 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,752</x:t>
-[...63 lines deleted...]
-          <x:t>166,813</x:t>
+          <x:t>166,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>