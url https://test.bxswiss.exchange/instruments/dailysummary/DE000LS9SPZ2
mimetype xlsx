--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfea5f3cc2c11405c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32861a7381144aac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08826f3114a44e2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1bc348007344d3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d96a5f246e546a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08826f3114a44e2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b08f126bde54f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1bc348007344d3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraumunternehmen passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>128,927</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>129,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,050</x:t>
-[...220 lines deleted...]
-          <x:t>135,747</x:t>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>