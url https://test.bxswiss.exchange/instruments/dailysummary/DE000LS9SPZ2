--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32861a7381144aac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R133f6244251749ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1bc348007344d3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd211ea421dae40c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b08f126bde54f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1bc348007344d3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a78e0f62fc4603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd211ea421dae40c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraumunternehmen passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPZ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>134,646</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>