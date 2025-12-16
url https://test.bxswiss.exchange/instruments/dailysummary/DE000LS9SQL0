--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf76e2be05b3d4ec4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60544d3fd631492c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4b5f267a1fd4dcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree1dc5ad96464811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e4868a9eb4441b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4b5f267a1fd4dcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R808594dbd1ca436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree1dc5ad96464811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Skandinavische Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>75,847</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,773</x:t>
-[...571 lines deleted...]
-          <x:t>76,194</x:t>
+          <x:t>76,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>