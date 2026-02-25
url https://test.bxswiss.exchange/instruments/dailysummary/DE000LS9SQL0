--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60544d3fd631492c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R535a71d5c01447f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree1dc5ad96464811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbb4439c314c42cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R808594dbd1ca436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree1dc5ad96464811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bfb9158248c44e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbb4439c314c42cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Skandinavische Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SQL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>76,240</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>