--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d89e367876d435e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20dad45818e74f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf429f4028d414264"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a95127a0d184d6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re439201e1743492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf429f4028d414264" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re503f92033b44e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a95127a0d184d6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Pearl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>127,631</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>