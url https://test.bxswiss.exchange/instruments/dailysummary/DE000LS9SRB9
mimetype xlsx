--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20dad45818e74f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6edd093de004a66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a95127a0d184d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f0d9502b1949a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re503f92033b44e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a95127a0d184d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6455e3a14e17405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f0d9502b1949a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digital Pearl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SRB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>