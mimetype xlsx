--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c53a8306cfc458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c3445a345bf434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccf360d87f37484f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ab547a1d864c0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f325f0404e049ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccf360d87f37484f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd90bf653ec9b4073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ab547a1d864c0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>80,113</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,369</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>82,093</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>