--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c3445a345bf434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464e897be0594f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ab547a1d864c0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b098a02f19b4d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd90bf653ec9b4073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ab547a1d864c0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref533171c6eb47a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b098a02f19b4d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>