--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d4a520af7e46a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff1595072404d73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5056b916923d42e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeee4ebfb9fa4ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ade047ae0484d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5056b916923d42e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R062d893af75d40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeee4ebfb9fa4ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold - Div. und Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,926</x:t>
-[...576 lines deleted...]
-          <x:t>102,016</x:t>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>