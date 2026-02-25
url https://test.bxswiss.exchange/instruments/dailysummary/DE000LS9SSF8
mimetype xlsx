--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reff1595072404d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05ee7750d87406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeee4ebfb9fa4ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb004fc1ea54b4502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R062d893af75d40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeee4ebfb9fa4ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd139bcff96aa476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb004fc1ea54b4502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold - Div. und Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>102,059</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>