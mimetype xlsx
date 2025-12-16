--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c5f47d11a34002" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c264201981f4dfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa48597ec75442f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad24fae987214252"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R573dea70e4b74183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa48597ec75442f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4e87032f9ef400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad24fae987214252" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation from Asia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,243</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>