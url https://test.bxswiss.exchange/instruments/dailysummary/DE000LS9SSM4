--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c264201981f4dfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R689dc875c51243bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad24fae987214252"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5527b5ebb65348b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4e87032f9ef400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad24fae987214252" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4d2d7858d9a4194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5527b5ebb65348b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation from Asia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>75,231</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,710</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>71,667</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>