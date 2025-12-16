--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30bd019de0794f88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb80ed35dd6674284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb444c759f0d44ca8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2df9019456a44de1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73ea507b6a24b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb444c759f0d44ca8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1883f7ae57e7429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2df9019456a44de1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haustiere und Tiermedizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>154,359</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>