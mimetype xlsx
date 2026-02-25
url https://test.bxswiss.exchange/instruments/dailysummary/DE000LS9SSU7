--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb80ed35dd6674284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R648b0b6c1e1041dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2df9019456a44de1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9033c39d63e24ab8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1883f7ae57e7429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2df9019456a44de1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820ca2e756bd4141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9033c39d63e24ab8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haustiere und Tiermedizin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SSU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>